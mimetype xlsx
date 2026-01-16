--- v0 (2025-10-04)
+++ v1 (2026-01-16)
@@ -10,182 +10,702 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="383" uniqueCount="163">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>MATEUS MENDONÇA</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/33/06-03-2025-ind.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal a pavimentação poliédrica na localidade São Carlos, com início nas proximidades da PI e extensão até a última residência já construída ou em construção.</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
     <t>2</t>
   </si>
   <si>
-    <t>2025</t>
-[...2 lines deleted...]
-    <t>1</t>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/34/06-03-2025-2-ind.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Executivo a pavimentação poliédrica nos seguintes assentamentos: São Carlos,_x000D_
+Tanque Velho, Passagem Funda, Caretas, Frecheiras de São Pedro, Vídeo e_x000D_
+Lamarão.</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/35/06-03-2025-3-ind.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Executivo, por meio do setor competente, destine um educador físico_x000D_
+para atender à comunidade Almas e demais localidades próximas, bem como estenda esse_x000D_
+serviço a outras comunidades e núcleos rurais do município.</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/36/20-03-2025-ind.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Executivo a imediata restauração da_x000D_
+quadra poliesportiva da localidade Frecheiras de São Pedro, com atenção_x000D_
+especial à parte elétrica.</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/37/20-03-2025-2-ind.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Executivo Municipal que seja_x000D_
+realizado um estudo técnico visando à drenagem de águas pluviais na zona urbana_x000D_
+e nos povoados do município. Após a identificação das áreas mais afetadas,_x000D_
+requer-se a imediata construção de galerias, instalação de bueiros ou a adoção de_x000D_
+outras medidas necessárias para solucionar a deficiência no escoamento das_x000D_
+águas pluviais.</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/38/09-10-2025-ind.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo que determine ao setor competente que disponibilize uma central telefônica_x000D_
+de atendimento, para que o cidadão consulte se seu remédio está disponível_x000D_
+na Rede Ambulatorial de Saúde</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/39/06-11-25-ind.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Executivo a adoção de medidas efetivas para a regularização fundiária dos imóveis urbanos e rurais situados em nosso município.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>JESUS AMORIM</t>
   </si>
   <si>
     <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/2/requerimento_01-2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado expediente ao Chefe do Poder Executivo Municipal, no sentido de que providencie a manutenção da Iluminação Pública da localidade Campestre e as demais regiões.</t>
   </si>
   <si>
-    <t>3</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/3/requerimento_02-2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado expediente ao Chefe do Poder Executivo Municipal, no sentido de que providencie a aquisição de 01 (uma) Ambulância para a Localidade Campestre e Região.</t>
-  </si>
-[...1 lines deleted...]
-    <t>4</t>
   </si>
   <si>
     <t>VALDIOMAR</t>
   </si>
   <si>
     <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/4/requerimento_03-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, no sentido de que providencie através do órgão competente, colocar Termômetro, Relógio e data em_x000D_
 Placas digitais na Cidade de Cocal-Piauí, nos devidos locais indicados:_x000D_
 No sinal cruzamento da Av: Joaquim Vieira de Brito e_x000D_
 Raimundo Alves Pereira, próximo aos Correios;_x000D_
 Na Praça de Alimentação em frente ao Ginásio Poliesportivo;_x000D_
 - Na Praça da Matriz;_x000D_
 - No retorno (balão) da entrada da cidade;_x000D_
 - Na entrada da cidade que vem de Viçosa-CE, em frente_x000D_
 concessionária do Paulo do Brejo;_x000D_
 - Em frente ao Hospital Joaquim Vieira de Brito.</t>
   </si>
   <si>
-    <t>5</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/5/requerimento_04-2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado expediente ao Chefe do Poder Executivo Municipal, no sentido de que providencie a Pintura Termoplástica das Faixas de Pedestres e Quebra-molas de todas as Ruas e Avenidas da cidade de Cocal-Piauí.</t>
   </si>
   <si>
-    <t>6</t>
-[...1 lines deleted...]
-  <si>
     <t>MARCIO MOREIRA</t>
   </si>
   <si>
     <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/6/requerimento_05-2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado expediente ao Chefe do Poder Executivo Municipal, no sentido de que providencie a Perfuração de 02 (dois) Poços Tubulares, no Assentamento Massalina, cujos sejam equipados com Caixas D'água de 5 (cinco) mil litros e Bombas, com ligação de encanação direta para as Residências desta localidade.</t>
   </si>
   <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>EVANDRO MANO</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/8/06-03-2025-req.pdf</t>
+  </si>
+  <si>
+    <t>Evandro Vieira de Araújo, indica a nobre Mesa, consultando o_x000D_
+Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
+Chefe do Poder Executivo Municipal, no sentido de que providencie a_x000D_
+Reforma e Ampliação com 02 (duas) salas novas, Secretaria e Cozinha no_x000D_
+Colégio da Comunidade Biridibinha, Município de Cocal-Piauí, pois o_x000D_
+mesmo está com danos também, no Piso e Cobertura.</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/9/06-03-2025-2-req.pdf</t>
+  </si>
+  <si>
+    <t>Evandro Vieira de Araújo, indica a nobre Mesa, consultando o_x000D_
+Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
+Chefe do Poder Executivo Municipal, no sentido de que providencie a_x000D_
+Pavimentação Poliédrica com paralelepípedo na Comunidade Cipoeiro,_x000D_
+com 1000 (mil metros) de extensão, pois os moradores reclamam da poeira_x000D_
+no período do Verão e no Inverno com a quantidade de buracos na Estrada,_x000D_
+que providencie também, a Pavimentação Poliédrica com paralelepípedo na_x000D_
+Comunidade Boa Vista com 700 (setecentos metros) de extensão, pois os_x000D_
+moradores reclamam muito da poeira no período do Verão.</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/10/06-03-2025-3-req.pdf</t>
+  </si>
+  <si>
+    <t>Evandro Vieira de Araújo, indica a nobre Mesa, consultando o_x000D_
+Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
+Chefe do Poder Executivo Municipal, no sentido de que providencie a_x000D_
+Reforma e Ampliação da base da Caixa D'água, colocando também, 01_x000D_
+(uma) caixa d'água nova no Chafariz do bairro São Francisco, próximo a_x000D_
+Casa do Senhor João Vigia.</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/11/13-03-2025-req.pdf</t>
+  </si>
+  <si>
+    <t>Evandro Vieira de Araújo, indica a nobre Mesa, consultando о_x000D_
+Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
+Chefe do Poder Executivo Municipal, no sentido de que providencie a_x000D_
+Construção de 03 (três) Praças com Academias Públicas, nas Localidades_x000D_
+Boa Vista, Biridibinha e Cipoeiro.</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/12/13-03-2025-2-req.pdf</t>
+  </si>
+  <si>
+    <t>Evandro Vieira de Araújo, indica a nobre Mesa, consultando o_x000D_
+Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
+Chefe do Poder Executivo Municipal, no sentido de que providencie a_x000D_
+Reforma do Colégio Cipoeiro e transformar o mesmo em UBS (unidade_x000D_
+Básica de Saúde) para atender as Comunidades Cipoeiro, Boa Vista e_x000D_
+Biridibinha</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/13/13-03-2025-3-req.pdf</t>
+  </si>
+  <si>
+    <t>Maria de Jesus Sousa de Amorim indica a nobre Mesa, consultando o_x000D_
+Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
+Chefe do Poder Executivo Municipal, no sentido de que providencie a_x000D_
+Perfuração de 01 (um) Poço Tubular na Localidade Campestre de Baixo,_x000D_
+próximo a residência do Senhor Chico Novo, equipado com sistema_x000D_
+hidráulico completo, para determinar a vazão de explotação da água do_x000D_
+Poço, com encanação para as residências da região.</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/14/13-03-2025-4-req.pdf</t>
+  </si>
+  <si>
+    <t>Maria de Jesus Sousa de Amorim indica a nobre Mesa, consultando o_x000D_
+Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
+Chefe do Poder Executivo Municipal, no sentido de que providencie à_x000D_
+Pavimentação Poliédrica na Localidade Campestre de Baixo, precisamente_x000D_
+iniciando em frente ao Colégio Municipal Isabília Lima Torres, indo até a_x000D_
+Praça que fica próxima a residência do Senhor Domingos Mariano. Que_x000D_
+providencie também, a Pavimentação Poliédrica na mesma localidade,_x000D_
+saindo da Praça, passando pela residência da Senhora Anunciação, indo até_x000D_
+o Colégio municipal Isabília Lima Torres, pois são 2 (dois) ramais_x000D_
+interligados.</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Márcio Clébio de Castro Moreira, indica a nobre Mesa, consultando_x000D_
+o Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
+Chefe do Poder Executivo Municipal, no sentido de que providencie a_x000D_
+Construção de 04 (quatro) quebra-molas na PI 301, o primeiro no Ginásio_x000D_
+Poliesportivo, outros em frente os restaurantes e o último na entrada do_x000D_
+bairro Mundial.</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/16/20-03-2025-req-.pdf</t>
+  </si>
+  <si>
+    <t>Evandro Vieira de Araújo, indica a nobre Mesa, consultando о_x000D_
+Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
+Chefe do Poder Executivo Municipal, no sentido de que providencie a_x000D_
+Reforma com Ampliação da base com substituição da Caixa D'água por_x000D_
+uma de 10.000 (dez mil litros), na rua João Ferreira de Brito, bairro São_x000D_
+Francisco, próximo a Casa do Alan Pinturas.</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/17/20-03-2025-2-req.pdf</t>
+  </si>
+  <si>
+    <t>Evandro Vieira de Araújo, indica a nobre Mesa, consultando o_x000D_
+Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
+Chefe do Poder Executivo Municipal, no sentido de que providencie a_x000D_
+Pavimentação Poliédrica com paralelepípedo no restante da rua João_x000D_
+Ferreira de Brito, numa extensão de 500 mt (quinhentos metros).</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/18/20-03-2025-3-req.pdf</t>
+  </si>
+  <si>
+    <t>Evandro Vieira de Araújo, indica a nobre Mesa, consultando o_x000D_
+Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
+Chefe do Poder Executivo Municipal, no sentido de que providencie a_x000D_
+Ampliação da Rede de Energia Elétrica em alta tenção, iniciando próximo_x000D_
+a Casa do Senhor José Carlos até o Campo de Futebol da Localidade Boa_x000D_
+Vista.</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/19/20-03-2025-req.pdf</t>
+  </si>
+  <si>
+    <t>O vereador Mateus Mendonça de Sousa vem à vossa presença, na forma_x000D_
+regimental, após ouvido o plenário, pedir que seja enviado ofício ao Senhor Prefeito_x000D_
+Municipal de Cocal, Cristiano Brito, no sentido de que seja feito a construção de 03_x000D_
+pontes sobre o rio pirangi nas localidades frecheiras de São Pedro, tinguís e franco.</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>Evandro Vieira de Araújo, indica a nobre Mesa, consultando o Soberano Plenário, na forma regimental, que seja enviado expediente ao Chefe do Poder Executivo Municipal, no sentido de que providencie a instalação de alambrados no Ginásio Poliesportivo Gov. Mão Santa, Cocal-Pi, pois o mesmo se encontra sem alambrados de Proteção, que serve de segurança para os torcedores e até mesmo para os atletas, enfim, sempre tem confusão e brigas nos torneios que são disputados, trazendo perigo de algum torcedor ir armado, o alambrado ajuda evitar o torcedor passar para dentro da quadra. Também solicita a Polícia ou mesmo a Guarda Municipal durante esses Torneios.</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>GILBERTO DA FRUTA</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/21/req-gilberto.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a construção de uma quadra poliesportiva com vestiários na Escola_x000D_
+Municipal Unidade Escolar Manoel Raimundo Cardoso, localizada na localidade Contendas,_x000D_
+Zona Rural de Cocal - PI.</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/22/05-05-25-2-req.pdf</t>
+  </si>
+  <si>
+    <t>Evandro Vieira de Araújo, indica a nobre Mesa, consultando o_x000D_
+Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
+Chefe do Poder Executivo Municipal, no sentido de que providencie a_x000D_
+construção de 01 (um) Redutor de Velocidade na Rua Floriano Peixoto, n°_x000D_
+780, bairro São Francisco, Cocal- Piauí, próximo a casa do Senhor_x000D_
+Benedito Oliveira do Nascimento, também, próximo a Rádio Tropical FM.</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>Maria de Jesus Sousa de Amorim indica a nobre Mesa, consultando o_x000D_
+Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
+Chefe do Poder Executivo Municipal, no sentido de que providencie a_x000D_
+Pavimentação Poliédrica na localidade Palmeirinha, iniciando na residência_x000D_
+do Senhor Antônio do Chagas, passando pela residência do Senhor_x000D_
+Fernando do Chagas Marcolino, até o início do calçamento existente_x000D_
+próximo ao Jovane do Antônio José.</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>ITALO MONÇÃO</t>
+  </si>
+  <si>
+    <t>Maria de Jesus Sousa de Amorim indica a nobre Mesa, consultando o_x000D_
+Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
+Chefe do Poder Executivo Municipal, no sentido de que providencie a_x000D_
+Perfuração de 01 (um) Poço Tubular na Localidade Palmeirinha próximo a_x000D_
+residência do Zé Graço, equipado com sistema hidráulico completo, para_x000D_
+determinar a vazão de explotação da água do Poço, com encanação para as_x000D_
+residências da região.</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/25/15-05-2025-3-req.pdf</t>
+  </si>
+  <si>
+    <t>Gilberto Alves da Silva, Vereador do Município de Cocal - PI, no uso de suas atribuições_x000D_
+legais e com fundamento no interesse público, vem respeitosamente indica a nobre Mesa_x000D_
+consultando o Soberano Plenário, na forma regimental, que seja enviado expediente ao chefe_x000D_
+do Poder Executivo Municipal que providencie a viabilização da construção de uma_x000D_
+Rodoviária Municipal. A construção de uma rodoviária municipal é uma iniciativa_x000D_
+estratégica e necessária para o desenvolvimento urbano e econômico da cidade de Cocal._x000D_
+Atualmente, o município não dispõe de uma infraestrutura adequada para o embarque e_x000D_
+desembarque de passageiros, o que gera desconforto e insegurança para os usuários do_x000D_
+transporte coletivo, além de prejudicar o turismo e a organização do trânsito urbano.</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>SIMONE SILVA</t>
+  </si>
+  <si>
+    <t>Simone Silva dos Santos, Presidente da Câmara Municipal de CocalPiauí, indica a nobre Mesa, consultando o Soberano Plenário, na forma_x000D_
+regimental, que seja enviado expediente ao Chefe do Poder Executivo_x000D_
+Municipal, no sentido de que providencie através do Órgão competente,_x000D_
+a construção de 02 (dois) Quebra-molas na localidade Boíba, 01 (um)_x000D_
+em frente à Escola Municipal José Rodrigues de Almeida e 01 (um) em_x000D_
+frente a UBS (Unidade Básica de Saúde).</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/27/05-06-2025-2-req.pdf</t>
+  </si>
+  <si>
+    <t>Simone Silva dos Santos, Presidente da Câmara Municipal de CocalPiauí, indica a nobre Mesa, consultando o Soberano Plenário, na forma_x000D_
+regimental, que seja enviado expediente ao Chefe do Poder Executivo_x000D_
+Municipal, no sentido de que providencie através do Órgão competente,_x000D_
+a reconstrução da via Asfáltica que liga a cidade de Cocal à localidade_x000D_
+João Mendes.</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/28/05-06-2025-3-req.pdf</t>
+  </si>
+  <si>
+    <t>Valdiomar da Silva Brito, indica a nobre Mesa, consultando o_x000D_
+Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
+Chefe do Poder Executivo Municipal, no sentido de que providencie a_x000D_
+construção de Quebra-molas em frente a todas as Escolas da zona urbana_x000D_
+do Município de Cocal-Piauí, com sinalização e pintura adequada a_x000D_
+visibilidade.</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/29/11-09-25-req.pdf</t>
+  </si>
+  <si>
+    <t>Simone Silva dos Santos, Presidente da Câmara Municipal de CocalPiauí, indica a nobre Mesa, consultando o Soberano Plenário, na forma_x000D_
+regimental, que seja enviado expediente ao Chefe do Poder Executivo_x000D_
+Municipal, no sentido de que providencie através do Órgão competente,_x000D_
+construção de 01 (um) Redutor de Velocidade com sinalização reflexiva_x000D_
+amarelo âmbar, na localidade Angico Branco, próximo a entrada do Saco_x000D_
+de São Francisco.</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/30/11-09-25-2-req.pdf</t>
+  </si>
+  <si>
+    <t>Márcio Clébio de Castro Moreira, indica a nobre Mesa, consultando_x000D_
+o Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
+Chefe do Poder Executivo Municipal, no sentido de que providencie a_x000D_
+Construção de 02 (duas) salas de Aula e 01 (uma) Quadra Poliesportiva_x000D_
+coberta, com rede de proteção, acessórios e iluminação adequada, no Grupo_x000D_
+Escolar Libório Severiano Veras, na localidade Agrovila Massalina.</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/31/06-11-25-req.pdf</t>
+  </si>
+  <si>
+    <t>Assunto: Solicitação de providências para o Regularização Fundiária Urbana (REURB) e Rural, no âmbito do município de Cocal, estado do Piauí.</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/32/13-11-2025-req.pdf</t>
+  </si>
+  <si>
+    <t>Evandro Vieira de Araújo, indica a nobre Mesa, consultando o Soberano Plenário, na forma regimental, que a Exma. Srª Presidente da Câmara Municipal de Cocal-Piauí, providencie instalar câmeras de Segurança no prédio da Câmara Municipal, inclusive no Plenário e solicita também, um curso de armamento e treinamento de defesa pessoal, para os Guardas Legislativos, focado em técnicas específicas de Proteção, como Defesa Pessoal, Tiro, Escolta e Análise de Risco, para atuar profissionalmente de acordo com a Lei. Oriente aos Guardas Legislativos para fazer vistoria nas pessoas na entrada do prédio, com o objetivo de averiguar se está entrando alguém armado, por motivo de proteção e integridade física dos vereadores e das pessoas que vierem assistir as Sessões.</t>
+  </si>
+  <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
-    <t>SIMONE SILVA</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/1/pl_01-2025-leg.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de adicional de periculosidade aos Guardas Legislativos da Câmara Municipal de Cocal-PI e dá outras providências.</t>
   </si>
   <si>
-    <t>7</t>
+    <t>45</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/45/pl_013-2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Institui o programa "Cuidando de Quem Cuida",_x000D_
+visando promover ações de orientação e atenção às_x000D_
+mães e famílias atípicas no município de Cocal-PI, e_x000D_
+estabelece a Semana da Maternidade Atípica.</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/46/pl_014-2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DO COMPLEXO DE_x000D_
+REFERÊNCIA DA PESSOA COM TRANSTORNO_x000D_
+DO ESPECTRO AUTISTA (TEA) E DA PESSOА_x000D_
+COM SÍNDROME DE DOWN NO MUNICÍPIO DE_x000D_
+COCAL-PI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
     <t>DR CRISTIANO BRITTO</t>
   </si>
   <si>
     <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/7/pl_01-2025_executivo.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE DO PISO SALARIAL AOS PROFISSIONAIS DO MAGISTÉRIO DA REDE MUNICIPAL DE ENSINO PARA O ANO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/40/pl_02-2025_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Conselho_x000D_
+Municipal dos Direitos da Pessoa Idosa,_x000D_
+Fundo Municipal da Pessoa Idosa e dá_x000D_
+outras providências.</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/41/pl_03-2025_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece as diretrizes orçamentárias para_x000D_
+Exercício Financeiro de 2026 e dá outras providências,_x000D_
+em atendimento ao disposto no art. 178, II, § 2°, da_x000D_
+Constituição Estadual, e em cumprimento ao disposto no_x000D_
+§ 2º do art. 165, da Constituição da República Federativa_x000D_
+do Brasil.</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/42/pl_06-2025_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Cria os componentes do Município de_x000D_
+COCAL Do Estado de PIAUÍ do_x000D_
+Sistema Nacional de Segurança Alimentar,_x000D_
+define os parâmetros para elaboraçãoе_x000D_
+implementação do Plano Municipal de_x000D_
+Segurança Alimentar e Nutricional e dá outras_x000D_
+providências.</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/43/pl_07-2025_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Cria incentivos fiscais para instalação e_x000D_
+permanência de empresas na cidade de Cocal-Pl e_x000D_
+dá outras providências.</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/44/pl_08-2025_executivo.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A ESTRUTURA ADMINISTRATIVA_x000D_
+DO PODER EXECUTIVO MUNICIPAL, QUE TRATA LEI MUNICIPAL 672/2021, E DÁ_x000D_
+OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/47/pl_020-executivo.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de crédito especial no orçamento do exercício de 2025, para atendimento de despesas com a implementação de educação em_x000D_
+tempo integral, conforme diretrizes da Portaria MEC nº 605/2025, e dá outras providências</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -489,68 +1009,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/2/requerimento_01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/3/requerimento_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/4/requerimento_03-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/5/requerimento_04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/6/requerimento_05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/1/pl_01-2025-leg.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/7/pl_01-2025_executivo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/33/06-03-2025-ind.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/34/06-03-2025-2-ind.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/35/06-03-2025-3-ind.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/36/20-03-2025-ind.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/37/20-03-2025-2-ind.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/38/09-10-2025-ind.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/39/06-11-25-ind.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/2/requerimento_01-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/3/requerimento_02-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/4/requerimento_03-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/5/requerimento_04-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/6/requerimento_05-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/8/06-03-2025-req.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/9/06-03-2025-2-req.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/10/06-03-2025-3-req.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/11/13-03-2025-req.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/12/13-03-2025-2-req.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/13/13-03-2025-3-req.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/14/13-03-2025-4-req.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/16/20-03-2025-req-.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/17/20-03-2025-2-req.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/18/20-03-2025-3-req.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/19/20-03-2025-req.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/21/req-gilberto.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/22/05-05-25-2-req.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/25/15-05-2025-3-req.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/27/05-06-2025-2-req.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/28/05-06-2025-3-req.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/29/11-09-25-req.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/30/11-09-25-2-req.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/31/06-11-25-req.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/32/13-11-2025-req.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/1/pl_01-2025-leg.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/45/pl_013-2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/46/pl_014-2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/7/pl_01-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/40/pl_02-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/41/pl_03-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/42/pl_06-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/43/pl_07-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/44/pl_08-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/47/pl_020-executivo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="2.85546875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="89.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -570,207 +1090,1284 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="H3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="H5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="H6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D7" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H8" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>17</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
         <v>10</v>
       </c>
-      <c r="D8" t="s">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="D9" t="s">
+        <v>40</v>
+      </c>
+      <c r="E9" t="s">
+        <v>41</v>
+      </c>
+      <c r="F9" t="s">
+        <v>42</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H9" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" t="s">
+        <v>40</v>
+      </c>
+      <c r="E10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="H10" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>21</v>
+      </c>
+      <c r="D11" t="s">
+        <v>40</v>
+      </c>
+      <c r="E11" t="s">
+        <v>41</v>
+      </c>
+      <c r="F11" t="s">
+        <v>47</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H11" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>25</v>
+      </c>
+      <c r="D12" t="s">
+        <v>40</v>
+      </c>
+      <c r="E12" t="s">
+        <v>41</v>
+      </c>
+      <c r="F12" t="s">
+        <v>47</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="H12" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>33</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D13" t="s">
+        <v>40</v>
+      </c>
+      <c r="E13" t="s">
+        <v>41</v>
+      </c>
+      <c r="F13" t="s">
+        <v>52</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="H13" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>55</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>33</v>
+      </c>
+      <c r="D14" t="s">
+        <v>40</v>
+      </c>
+      <c r="E14" t="s">
+        <v>41</v>
+      </c>
+      <c r="F14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H14" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
         <v>37</v>
       </c>
-      <c r="F8" t="s">
-[...6 lines deleted...]
-        <v>40</v>
+      <c r="D15" t="s">
+        <v>40</v>
+      </c>
+      <c r="E15" t="s">
+        <v>41</v>
+      </c>
+      <c r="F15" t="s">
+        <v>56</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H15" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>62</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>55</v>
+      </c>
+      <c r="D16" t="s">
+        <v>40</v>
+      </c>
+      <c r="E16" t="s">
+        <v>41</v>
+      </c>
+      <c r="F16" t="s">
+        <v>56</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H16" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>65</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>59</v>
+      </c>
+      <c r="D17" t="s">
+        <v>40</v>
+      </c>
+      <c r="E17" t="s">
+        <v>41</v>
+      </c>
+      <c r="F17" t="s">
+        <v>56</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H17" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>68</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>62</v>
+      </c>
+      <c r="D18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E18" t="s">
+        <v>41</v>
+      </c>
+      <c r="F18" t="s">
+        <v>56</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H18" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>71</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>65</v>
+      </c>
+      <c r="D19" t="s">
+        <v>40</v>
+      </c>
+      <c r="E19" t="s">
+        <v>41</v>
+      </c>
+      <c r="F19" t="s">
+        <v>42</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H19" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>74</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>68</v>
+      </c>
+      <c r="D20" t="s">
+        <v>40</v>
+      </c>
+      <c r="E20" t="s">
+        <v>41</v>
+      </c>
+      <c r="F20" t="s">
+        <v>42</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="H20" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>77</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>71</v>
+      </c>
+      <c r="D21" t="s">
+        <v>40</v>
+      </c>
+      <c r="E21" t="s">
+        <v>41</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="H21" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>80</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>74</v>
+      </c>
+      <c r="D22" t="s">
+        <v>40</v>
+      </c>
+      <c r="E22" t="s">
+        <v>41</v>
+      </c>
+      <c r="F22" t="s">
+        <v>56</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="H22" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>83</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>77</v>
+      </c>
+      <c r="D23" t="s">
+        <v>40</v>
+      </c>
+      <c r="E23" t="s">
+        <v>41</v>
+      </c>
+      <c r="F23" t="s">
+        <v>56</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H23" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>86</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>80</v>
+      </c>
+      <c r="D24" t="s">
+        <v>40</v>
+      </c>
+      <c r="E24" t="s">
+        <v>41</v>
+      </c>
+      <c r="F24" t="s">
+        <v>56</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="H24" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>89</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>83</v>
+      </c>
+      <c r="D25" t="s">
+        <v>40</v>
+      </c>
+      <c r="E25" t="s">
+        <v>41</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H25" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>92</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>86</v>
+      </c>
+      <c r="D26" t="s">
+        <v>40</v>
+      </c>
+      <c r="E26" t="s">
+        <v>41</v>
+      </c>
+      <c r="F26" t="s">
+        <v>56</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="H26" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>94</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>89</v>
+      </c>
+      <c r="D27" t="s">
+        <v>40</v>
+      </c>
+      <c r="E27" t="s">
+        <v>41</v>
+      </c>
+      <c r="F27" t="s">
+        <v>95</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H27" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>92</v>
+      </c>
+      <c r="D28" t="s">
+        <v>40</v>
+      </c>
+      <c r="E28" t="s">
+        <v>41</v>
+      </c>
+      <c r="F28" t="s">
+        <v>56</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="H28" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>101</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>94</v>
+      </c>
+      <c r="D29" t="s">
+        <v>40</v>
+      </c>
+      <c r="E29" t="s">
+        <v>41</v>
+      </c>
+      <c r="F29" t="s">
+        <v>42</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="H29" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>103</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>98</v>
+      </c>
+      <c r="D30" t="s">
+        <v>40</v>
+      </c>
+      <c r="E30" t="s">
+        <v>41</v>
+      </c>
+      <c r="F30" t="s">
+        <v>104</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="H30" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>106</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>101</v>
+      </c>
+      <c r="D31" t="s">
+        <v>40</v>
+      </c>
+      <c r="E31" t="s">
+        <v>41</v>
+      </c>
+      <c r="F31" t="s">
+        <v>95</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H31" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>109</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>103</v>
+      </c>
+      <c r="D32" t="s">
+        <v>40</v>
+      </c>
+      <c r="E32" t="s">
+        <v>41</v>
+      </c>
+      <c r="F32" t="s">
+        <v>110</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="H32" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>112</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>106</v>
+      </c>
+      <c r="D33" t="s">
+        <v>40</v>
+      </c>
+      <c r="E33" t="s">
+        <v>41</v>
+      </c>
+      <c r="F33" t="s">
+        <v>110</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="H33" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>115</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>109</v>
+      </c>
+      <c r="D34" t="s">
+        <v>40</v>
+      </c>
+      <c r="E34" t="s">
+        <v>41</v>
+      </c>
+      <c r="F34" t="s">
+        <v>47</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="H34" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>118</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>112</v>
+      </c>
+      <c r="D35" t="s">
+        <v>40</v>
+      </c>
+      <c r="E35" t="s">
+        <v>41</v>
+      </c>
+      <c r="F35" t="s">
+        <v>110</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="H35" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>121</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>115</v>
+      </c>
+      <c r="D36" t="s">
+        <v>40</v>
+      </c>
+      <c r="E36" t="s">
+        <v>41</v>
+      </c>
+      <c r="F36" t="s">
+        <v>52</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="H36" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>124</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>118</v>
+      </c>
+      <c r="D37" t="s">
+        <v>40</v>
+      </c>
+      <c r="E37" t="s">
+        <v>41</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="H37" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>127</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>121</v>
+      </c>
+      <c r="D38" t="s">
+        <v>40</v>
+      </c>
+      <c r="E38" t="s">
+        <v>41</v>
+      </c>
+      <c r="F38" t="s">
+        <v>56</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="H38" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>10</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>10</v>
+      </c>
+      <c r="D39" t="s">
+        <v>130</v>
+      </c>
+      <c r="E39" t="s">
+        <v>131</v>
+      </c>
+      <c r="F39" t="s">
+        <v>110</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="H39" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>134</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>17</v>
+      </c>
+      <c r="D40" t="s">
+        <v>130</v>
+      </c>
+      <c r="E40" t="s">
+        <v>131</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="H40" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>137</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>21</v>
+      </c>
+      <c r="D41" t="s">
+        <v>130</v>
+      </c>
+      <c r="E41" t="s">
+        <v>131</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H41" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>37</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>10</v>
+      </c>
+      <c r="D42" t="s">
+        <v>140</v>
+      </c>
+      <c r="E42" t="s">
+        <v>141</v>
+      </c>
+      <c r="F42" t="s">
+        <v>142</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="H42" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>145</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>17</v>
+      </c>
+      <c r="D43" t="s">
+        <v>140</v>
+      </c>
+      <c r="E43" t="s">
+        <v>141</v>
+      </c>
+      <c r="F43" t="s">
+        <v>142</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="H43" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>148</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>21</v>
+      </c>
+      <c r="D44" t="s">
+        <v>140</v>
+      </c>
+      <c r="E44" t="s">
+        <v>141</v>
+      </c>
+      <c r="F44" t="s">
+        <v>142</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="H44" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>151</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>33</v>
+      </c>
+      <c r="D45" t="s">
+        <v>140</v>
+      </c>
+      <c r="E45" t="s">
+        <v>141</v>
+      </c>
+      <c r="F45" t="s">
+        <v>142</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H45" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>154</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>37</v>
+      </c>
+      <c r="D46" t="s">
+        <v>140</v>
+      </c>
+      <c r="E46" t="s">
+        <v>141</v>
+      </c>
+      <c r="F46" t="s">
+        <v>142</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="H46" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>157</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>55</v>
+      </c>
+      <c r="D47" t="s">
+        <v>140</v>
+      </c>
+      <c r="E47" t="s">
+        <v>141</v>
+      </c>
+      <c r="F47" t="s">
+        <v>142</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="H47" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>160</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>92</v>
+      </c>
+      <c r="D48" t="s">
+        <v>140</v>
+      </c>
+      <c r="E48" t="s">
+        <v>141</v>
+      </c>
+      <c r="F48" t="s">
+        <v>142</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H48" t="s">
+        <v>162</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>