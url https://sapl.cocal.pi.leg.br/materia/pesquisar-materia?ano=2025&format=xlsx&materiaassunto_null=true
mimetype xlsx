--- v1 (2026-01-16)
+++ v2 (2026-03-08)
@@ -54,654 +54,654 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>MATEUS MENDONÇA</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/33/06-03-2025-ind.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/33/06-03-2025-ind.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a pavimentação poliédrica na localidade São Carlos, com início nas proximidades da PI e extensão até a última residência já construída ou em construção.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/34/06-03-2025-2-ind.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/34/06-03-2025-2-ind.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo a pavimentação poliédrica nos seguintes assentamentos: São Carlos,_x000D_
 Tanque Velho, Passagem Funda, Caretas, Frecheiras de São Pedro, Vídeo e_x000D_
 Lamarão.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/35/06-03-2025-3-ind.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/35/06-03-2025-3-ind.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo, por meio do setor competente, destine um educador físico_x000D_
 para atender à comunidade Almas e demais localidades próximas, bem como estenda esse_x000D_
 serviço a outras comunidades e núcleos rurais do município.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/36/20-03-2025-ind.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/36/20-03-2025-ind.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo a imediata restauração da_x000D_
 quadra poliesportiva da localidade Frecheiras de São Pedro, com atenção_x000D_
 especial à parte elétrica.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/37/20-03-2025-2-ind.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/37/20-03-2025-2-ind.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que seja_x000D_
 realizado um estudo técnico visando à drenagem de águas pluviais na zona urbana_x000D_
 e nos povoados do município. Após a identificação das áreas mais afetadas,_x000D_
 requer-se a imediata construção de galerias, instalação de bueiros ou a adoção de_x000D_
 outras medidas necessárias para solucionar a deficiência no escoamento das_x000D_
 águas pluviais.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/38/09-10-2025-ind.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/38/09-10-2025-ind.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo que determine ao setor competente que disponibilize uma central telefônica_x000D_
 de atendimento, para que o cidadão consulte se seu remédio está disponível_x000D_
 na Rede Ambulatorial de Saúde</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/39/06-11-25-ind.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/39/06-11-25-ind.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo a adoção de medidas efetivas para a regularização fundiária dos imóveis urbanos e rurais situados em nosso município.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>JESUS AMORIM</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/2/requerimento_01-2025.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/2/requerimento_01-2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado expediente ao Chefe do Poder Executivo Municipal, no sentido de que providencie a manutenção da Iluminação Pública da localidade Campestre e as demais regiões.</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/3/requerimento_02-2025.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/3/requerimento_02-2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado expediente ao Chefe do Poder Executivo Municipal, no sentido de que providencie a aquisição de 01 (uma) Ambulância para a Localidade Campestre e Região.</t>
   </si>
   <si>
     <t>VALDIOMAR</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/4/requerimento_03-2025.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/4/requerimento_03-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, no sentido de que providencie através do órgão competente, colocar Termômetro, Relógio e data em_x000D_
 Placas digitais na Cidade de Cocal-Piauí, nos devidos locais indicados:_x000D_
 No sinal cruzamento da Av: Joaquim Vieira de Brito e_x000D_
 Raimundo Alves Pereira, próximo aos Correios;_x000D_
 Na Praça de Alimentação em frente ao Ginásio Poliesportivo;_x000D_
 - Na Praça da Matriz;_x000D_
 - No retorno (balão) da entrada da cidade;_x000D_
 - Na entrada da cidade que vem de Viçosa-CE, em frente_x000D_
 concessionária do Paulo do Brejo;_x000D_
 - Em frente ao Hospital Joaquim Vieira de Brito.</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/5/requerimento_04-2025.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/5/requerimento_04-2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado expediente ao Chefe do Poder Executivo Municipal, no sentido de que providencie a Pintura Termoplástica das Faixas de Pedestres e Quebra-molas de todas as Ruas e Avenidas da cidade de Cocal-Piauí.</t>
   </si>
   <si>
     <t>MARCIO MOREIRA</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/6/requerimento_05-2025.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/6/requerimento_05-2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado expediente ao Chefe do Poder Executivo Municipal, no sentido de que providencie a Perfuração de 02 (dois) Poços Tubulares, no Assentamento Massalina, cujos sejam equipados com Caixas D'água de 5 (cinco) mil litros e Bombas, com ligação de encanação direta para as Residências desta localidade.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>EVANDRO MANO</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/8/06-03-2025-req.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/8/06-03-2025-req.pdf</t>
   </si>
   <si>
     <t>Evandro Vieira de Araújo, indica a nobre Mesa, consultando o_x000D_
 Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
 Chefe do Poder Executivo Municipal, no sentido de que providencie a_x000D_
 Reforma e Ampliação com 02 (duas) salas novas, Secretaria e Cozinha no_x000D_
 Colégio da Comunidade Biridibinha, Município de Cocal-Piauí, pois o_x000D_
 mesmo está com danos também, no Piso e Cobertura.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/9/06-03-2025-2-req.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/9/06-03-2025-2-req.pdf</t>
   </si>
   <si>
     <t>Evandro Vieira de Araújo, indica a nobre Mesa, consultando o_x000D_
 Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
 Chefe do Poder Executivo Municipal, no sentido de que providencie a_x000D_
 Pavimentação Poliédrica com paralelepípedo na Comunidade Cipoeiro,_x000D_
 com 1000 (mil metros) de extensão, pois os moradores reclamam da poeira_x000D_
 no período do Verão e no Inverno com a quantidade de buracos na Estrada,_x000D_
 que providencie também, a Pavimentação Poliédrica com paralelepípedo na_x000D_
 Comunidade Boa Vista com 700 (setecentos metros) de extensão, pois os_x000D_
 moradores reclamam muito da poeira no período do Verão.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/10/06-03-2025-3-req.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/10/06-03-2025-3-req.pdf</t>
   </si>
   <si>
     <t>Evandro Vieira de Araújo, indica a nobre Mesa, consultando o_x000D_
 Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
 Chefe do Poder Executivo Municipal, no sentido de que providencie a_x000D_
 Reforma e Ampliação da base da Caixa D'água, colocando também, 01_x000D_
 (uma) caixa d'água nova no Chafariz do bairro São Francisco, próximo a_x000D_
 Casa do Senhor João Vigia.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/11/13-03-2025-req.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/11/13-03-2025-req.pdf</t>
   </si>
   <si>
     <t>Evandro Vieira de Araújo, indica a nobre Mesa, consultando о_x000D_
 Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
 Chefe do Poder Executivo Municipal, no sentido de que providencie a_x000D_
 Construção de 03 (três) Praças com Academias Públicas, nas Localidades_x000D_
 Boa Vista, Biridibinha e Cipoeiro.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/12/13-03-2025-2-req.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/12/13-03-2025-2-req.pdf</t>
   </si>
   <si>
     <t>Evandro Vieira de Araújo, indica a nobre Mesa, consultando o_x000D_
 Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
 Chefe do Poder Executivo Municipal, no sentido de que providencie a_x000D_
 Reforma do Colégio Cipoeiro e transformar o mesmo em UBS (unidade_x000D_
 Básica de Saúde) para atender as Comunidades Cipoeiro, Boa Vista e_x000D_
 Biridibinha</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/13/13-03-2025-3-req.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/13/13-03-2025-3-req.pdf</t>
   </si>
   <si>
     <t>Maria de Jesus Sousa de Amorim indica a nobre Mesa, consultando o_x000D_
 Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
 Chefe do Poder Executivo Municipal, no sentido de que providencie a_x000D_
 Perfuração de 01 (um) Poço Tubular na Localidade Campestre de Baixo,_x000D_
 próximo a residência do Senhor Chico Novo, equipado com sistema_x000D_
 hidráulico completo, para determinar a vazão de explotação da água do_x000D_
 Poço, com encanação para as residências da região.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/14/13-03-2025-4-req.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/14/13-03-2025-4-req.pdf</t>
   </si>
   <si>
     <t>Maria de Jesus Sousa de Amorim indica a nobre Mesa, consultando o_x000D_
 Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
 Chefe do Poder Executivo Municipal, no sentido de que providencie à_x000D_
 Pavimentação Poliédrica na Localidade Campestre de Baixo, precisamente_x000D_
 iniciando em frente ao Colégio Municipal Isabília Lima Torres, indo até a_x000D_
 Praça que fica próxima a residência do Senhor Domingos Mariano. Que_x000D_
 providencie também, a Pavimentação Poliédrica na mesma localidade,_x000D_
 saindo da Praça, passando pela residência da Senhora Anunciação, indo até_x000D_
 o Colégio municipal Isabília Lima Torres, pois são 2 (dois) ramais_x000D_
 interligados.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/</t>
+    <t>http://sapl.cocal.pi.leg.br/media/</t>
   </si>
   <si>
     <t>Márcio Clébio de Castro Moreira, indica a nobre Mesa, consultando_x000D_
 o Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
 Chefe do Poder Executivo Municipal, no sentido de que providencie a_x000D_
 Construção de 04 (quatro) quebra-molas na PI 301, o primeiro no Ginásio_x000D_
 Poliesportivo, outros em frente os restaurantes e o último na entrada do_x000D_
 bairro Mundial.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/16/20-03-2025-req-.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/16/20-03-2025-req-.pdf</t>
   </si>
   <si>
     <t>Evandro Vieira de Araújo, indica a nobre Mesa, consultando о_x000D_
 Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
 Chefe do Poder Executivo Municipal, no sentido de que providencie a_x000D_
 Reforma com Ampliação da base com substituição da Caixa D'água por_x000D_
 uma de 10.000 (dez mil litros), na rua João Ferreira de Brito, bairro São_x000D_
 Francisco, próximo a Casa do Alan Pinturas.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/17/20-03-2025-2-req.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/17/20-03-2025-2-req.pdf</t>
   </si>
   <si>
     <t>Evandro Vieira de Araújo, indica a nobre Mesa, consultando o_x000D_
 Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
 Chefe do Poder Executivo Municipal, no sentido de que providencie a_x000D_
 Pavimentação Poliédrica com paralelepípedo no restante da rua João_x000D_
 Ferreira de Brito, numa extensão de 500 mt (quinhentos metros).</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/18/20-03-2025-3-req.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/18/20-03-2025-3-req.pdf</t>
   </si>
   <si>
     <t>Evandro Vieira de Araújo, indica a nobre Mesa, consultando o_x000D_
 Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
 Chefe do Poder Executivo Municipal, no sentido de que providencie a_x000D_
 Ampliação da Rede de Energia Elétrica em alta tenção, iniciando próximo_x000D_
 a Casa do Senhor José Carlos até o Campo de Futebol da Localidade Boa_x000D_
 Vista.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/19/20-03-2025-req.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/19/20-03-2025-req.pdf</t>
   </si>
   <si>
     <t>O vereador Mateus Mendonça de Sousa vem à vossa presença, na forma_x000D_
 regimental, após ouvido o plenário, pedir que seja enviado ofício ao Senhor Prefeito_x000D_
 Municipal de Cocal, Cristiano Brito, no sentido de que seja feito a construção de 03_x000D_
 pontes sobre o rio pirangi nas localidades frecheiras de São Pedro, tinguís e franco.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Evandro Vieira de Araújo, indica a nobre Mesa, consultando o Soberano Plenário, na forma regimental, que seja enviado expediente ao Chefe do Poder Executivo Municipal, no sentido de que providencie a instalação de alambrados no Ginásio Poliesportivo Gov. Mão Santa, Cocal-Pi, pois o mesmo se encontra sem alambrados de Proteção, que serve de segurança para os torcedores e até mesmo para os atletas, enfim, sempre tem confusão e brigas nos torneios que são disputados, trazendo perigo de algum torcedor ir armado, o alambrado ajuda evitar o torcedor passar para dentro da quadra. Também solicita a Polícia ou mesmo a Guarda Municipal durante esses Torneios.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>GILBERTO DA FRUTA</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/21/req-gilberto.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/21/req-gilberto.pdf</t>
   </si>
   <si>
     <t>Solicita a construção de uma quadra poliesportiva com vestiários na Escola_x000D_
 Municipal Unidade Escolar Manoel Raimundo Cardoso, localizada na localidade Contendas,_x000D_
 Zona Rural de Cocal - PI.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/22/05-05-25-2-req.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/22/05-05-25-2-req.pdf</t>
   </si>
   <si>
     <t>Evandro Vieira de Araújo, indica a nobre Mesa, consultando o_x000D_
 Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
 Chefe do Poder Executivo Municipal, no sentido de que providencie a_x000D_
 construção de 01 (um) Redutor de Velocidade na Rua Floriano Peixoto, n°_x000D_
 780, bairro São Francisco, Cocal- Piauí, próximo a casa do Senhor_x000D_
 Benedito Oliveira do Nascimento, também, próximo a Rádio Tropical FM.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Maria de Jesus Sousa de Amorim indica a nobre Mesa, consultando o_x000D_
 Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
 Chefe do Poder Executivo Municipal, no sentido de que providencie a_x000D_
 Pavimentação Poliédrica na localidade Palmeirinha, iniciando na residência_x000D_
 do Senhor Antônio do Chagas, passando pela residência do Senhor_x000D_
 Fernando do Chagas Marcolino, até o início do calçamento existente_x000D_
 próximo ao Jovane do Antônio José.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>ITALO MONÇÃO</t>
   </si>
   <si>
     <t>Maria de Jesus Sousa de Amorim indica a nobre Mesa, consultando o_x000D_
 Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
 Chefe do Poder Executivo Municipal, no sentido de que providencie a_x000D_
 Perfuração de 01 (um) Poço Tubular na Localidade Palmeirinha próximo a_x000D_
 residência do Zé Graço, equipado com sistema hidráulico completo, para_x000D_
 determinar a vazão de explotação da água do Poço, com encanação para as_x000D_
 residências da região.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/25/15-05-2025-3-req.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/25/15-05-2025-3-req.pdf</t>
   </si>
   <si>
     <t>Gilberto Alves da Silva, Vereador do Município de Cocal - PI, no uso de suas atribuições_x000D_
 legais e com fundamento no interesse público, vem respeitosamente indica a nobre Mesa_x000D_
 consultando o Soberano Plenário, na forma regimental, que seja enviado expediente ao chefe_x000D_
 do Poder Executivo Municipal que providencie a viabilização da construção de uma_x000D_
 Rodoviária Municipal. A construção de uma rodoviária municipal é uma iniciativa_x000D_
 estratégica e necessária para o desenvolvimento urbano e econômico da cidade de Cocal._x000D_
 Atualmente, o município não dispõe de uma infraestrutura adequada para o embarque e_x000D_
 desembarque de passageiros, o que gera desconforto e insegurança para os usuários do_x000D_
 transporte coletivo, além de prejudicar o turismo e a organização do trânsito urbano.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>SIMONE SILVA</t>
   </si>
   <si>
     <t>Simone Silva dos Santos, Presidente da Câmara Municipal de CocalPiauí, indica a nobre Mesa, consultando o Soberano Plenário, na forma_x000D_
 regimental, que seja enviado expediente ao Chefe do Poder Executivo_x000D_
 Municipal, no sentido de que providencie através do Órgão competente,_x000D_
 a construção de 02 (dois) Quebra-molas na localidade Boíba, 01 (um)_x000D_
 em frente à Escola Municipal José Rodrigues de Almeida e 01 (um) em_x000D_
 frente a UBS (Unidade Básica de Saúde).</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/27/05-06-2025-2-req.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/27/05-06-2025-2-req.pdf</t>
   </si>
   <si>
     <t>Simone Silva dos Santos, Presidente da Câmara Municipal de CocalPiauí, indica a nobre Mesa, consultando o Soberano Plenário, na forma_x000D_
 regimental, que seja enviado expediente ao Chefe do Poder Executivo_x000D_
 Municipal, no sentido de que providencie através do Órgão competente,_x000D_
 a reconstrução da via Asfáltica que liga a cidade de Cocal à localidade_x000D_
 João Mendes.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/28/05-06-2025-3-req.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/28/05-06-2025-3-req.pdf</t>
   </si>
   <si>
     <t>Valdiomar da Silva Brito, indica a nobre Mesa, consultando o_x000D_
 Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
 Chefe do Poder Executivo Municipal, no sentido de que providencie a_x000D_
 construção de Quebra-molas em frente a todas as Escolas da zona urbana_x000D_
 do Município de Cocal-Piauí, com sinalização e pintura adequada a_x000D_
 visibilidade.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/29/11-09-25-req.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/29/11-09-25-req.pdf</t>
   </si>
   <si>
     <t>Simone Silva dos Santos, Presidente da Câmara Municipal de CocalPiauí, indica a nobre Mesa, consultando o Soberano Plenário, na forma_x000D_
 regimental, que seja enviado expediente ao Chefe do Poder Executivo_x000D_
 Municipal, no sentido de que providencie através do Órgão competente,_x000D_
 construção de 01 (um) Redutor de Velocidade com sinalização reflexiva_x000D_
 amarelo âmbar, na localidade Angico Branco, próximo a entrada do Saco_x000D_
 de São Francisco.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/30/11-09-25-2-req.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/30/11-09-25-2-req.pdf</t>
   </si>
   <si>
     <t>Márcio Clébio de Castro Moreira, indica a nobre Mesa, consultando_x000D_
 o Soberano Plenário, na forma regimental, que seja enviado expediente ao_x000D_
 Chefe do Poder Executivo Municipal, no sentido de que providencie a_x000D_
 Construção de 02 (duas) salas de Aula e 01 (uma) Quadra Poliesportiva_x000D_
 coberta, com rede de proteção, acessórios e iluminação adequada, no Grupo_x000D_
 Escolar Libório Severiano Veras, na localidade Agrovila Massalina.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/31/06-11-25-req.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/31/06-11-25-req.pdf</t>
   </si>
   <si>
     <t>Assunto: Solicitação de providências para o Regularização Fundiária Urbana (REURB) e Rural, no âmbito do município de Cocal, estado do Piauí.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/32/13-11-2025-req.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/32/13-11-2025-req.pdf</t>
   </si>
   <si>
     <t>Evandro Vieira de Araújo, indica a nobre Mesa, consultando o Soberano Plenário, na forma regimental, que a Exma. Srª Presidente da Câmara Municipal de Cocal-Piauí, providencie instalar câmeras de Segurança no prédio da Câmara Municipal, inclusive no Plenário e solicita também, um curso de armamento e treinamento de defesa pessoal, para os Guardas Legislativos, focado em técnicas específicas de Proteção, como Defesa Pessoal, Tiro, Escolta e Análise de Risco, para atuar profissionalmente de acordo com a Lei. Oriente aos Guardas Legislativos para fazer vistoria nas pessoas na entrada do prédio, com o objetivo de averiguar se está entrando alguém armado, por motivo de proteção e integridade física dos vereadores e das pessoas que vierem assistir as Sessões.</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/1/pl_01-2025-leg.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/1/pl_01-2025-leg.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de adicional de periculosidade aos Guardas Legislativos da Câmara Municipal de Cocal-PI e dá outras providências.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/45/pl_013-2025_legislativo.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/45/pl_013-2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui o programa "Cuidando de Quem Cuida",_x000D_
 visando promover ações de orientação e atenção às_x000D_
 mães e famílias atípicas no município de Cocal-PI, e_x000D_
 estabelece a Semana da Maternidade Atípica.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/46/pl_014-2025_legislativo.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/46/pl_014-2025_legislativo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO COMPLEXO DE_x000D_
 REFERÊNCIA DA PESSOA COM TRANSTORNO_x000D_
 DO ESPECTRO AUTISTA (TEA) E DA PESSOА_x000D_
 COM SÍNDROME DE DOWN NO MUNICÍPIO DE_x000D_
 COCAL-PI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
     <t>DR CRISTIANO BRITTO</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/7/pl_01-2025_executivo.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/7/pl_01-2025_executivo.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE DO PISO SALARIAL AOS PROFISSIONAIS DO MAGISTÉRIO DA REDE MUNICIPAL DE ENSINO PARA O ANO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/40/pl_02-2025_executivo.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/40/pl_02-2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho_x000D_
 Municipal dos Direitos da Pessoa Idosa,_x000D_
 Fundo Municipal da Pessoa Idosa e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/41/pl_03-2025_executivo.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/41/pl_03-2025_executivo.pdf</t>
   </si>
   <si>
     <t>Estabelece as diretrizes orçamentárias para_x000D_
 Exercício Financeiro de 2026 e dá outras providências,_x000D_
 em atendimento ao disposto no art. 178, II, § 2°, da_x000D_
 Constituição Estadual, e em cumprimento ao disposto no_x000D_
 § 2º do art. 165, da Constituição da República Federativa_x000D_
 do Brasil.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/42/pl_06-2025_executivo.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/42/pl_06-2025_executivo.pdf</t>
   </si>
   <si>
     <t>Cria os componentes do Município de_x000D_
 COCAL Do Estado de PIAUÍ do_x000D_
 Sistema Nacional de Segurança Alimentar,_x000D_
 define os parâmetros para elaboraçãoе_x000D_
 implementação do Plano Municipal de_x000D_
 Segurança Alimentar e Nutricional e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/43/pl_07-2025_executivo.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/43/pl_07-2025_executivo.pdf</t>
   </si>
   <si>
     <t>Cria incentivos fiscais para instalação e_x000D_
 permanência de empresas na cidade de Cocal-Pl e_x000D_
 dá outras providências.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/44/pl_08-2025_executivo.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/44/pl_08-2025_executivo.pdf</t>
   </si>
   <si>
     <t>ALTERA A ESTRUTURA ADMINISTRATIVA_x000D_
 DO PODER EXECUTIVO MUNICIPAL, QUE TRATA LEI MUNICIPAL 672/2021, E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/47/pl_020-executivo.pdf</t>
+    <t>http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/47/pl_020-executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial no orçamento do exercício de 2025, para atendimento de despesas com a implementação de educação em_x000D_
 tempo integral, conforme diretrizes da Portaria MEC nº 605/2025, e dá outras providências</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1009,68 +1009,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/33/06-03-2025-ind.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/34/06-03-2025-2-ind.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/35/06-03-2025-3-ind.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/36/20-03-2025-ind.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/37/20-03-2025-2-ind.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/38/09-10-2025-ind.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/39/06-11-25-ind.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/2/requerimento_01-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/3/requerimento_02-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/4/requerimento_03-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/5/requerimento_04-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/6/requerimento_05-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/8/06-03-2025-req.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/9/06-03-2025-2-req.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/10/06-03-2025-3-req.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/11/13-03-2025-req.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/12/13-03-2025-2-req.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/13/13-03-2025-3-req.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/14/13-03-2025-4-req.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/16/20-03-2025-req-.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/17/20-03-2025-2-req.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/18/20-03-2025-3-req.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/19/20-03-2025-req.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/21/req-gilberto.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/22/05-05-25-2-req.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/25/15-05-2025-3-req.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/27/05-06-2025-2-req.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/28/05-06-2025-3-req.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/29/11-09-25-req.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/30/11-09-25-2-req.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/31/06-11-25-req.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/32/13-11-2025-req.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/1/pl_01-2025-leg.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/45/pl_013-2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/46/pl_014-2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/7/pl_01-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/40/pl_02-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/41/pl_03-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/42/pl_06-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/43/pl_07-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/44/pl_08-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/47/pl_020-executivo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/33/06-03-2025-ind.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/34/06-03-2025-2-ind.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/35/06-03-2025-3-ind.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/36/20-03-2025-ind.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/37/20-03-2025-2-ind.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/38/09-10-2025-ind.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/39/06-11-25-ind.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/2/requerimento_01-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/3/requerimento_02-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/4/requerimento_03-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/5/requerimento_04-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/6/requerimento_05-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/8/06-03-2025-req.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/9/06-03-2025-2-req.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/10/06-03-2025-3-req.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/11/13-03-2025-req.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/12/13-03-2025-2-req.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/13/13-03-2025-3-req.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/14/13-03-2025-4-req.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/16/20-03-2025-req-.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/17/20-03-2025-2-req.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/18/20-03-2025-3-req.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/19/20-03-2025-req.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/21/req-gilberto.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/22/05-05-25-2-req.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/25/15-05-2025-3-req.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/27/05-06-2025-2-req.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/28/05-06-2025-3-req.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/29/11-09-25-req.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/30/11-09-25-2-req.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/31/06-11-25-req.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/32/13-11-2025-req.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/1/pl_01-2025-leg.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/45/pl_013-2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/46/pl_014-2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/7/pl_01-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/40/pl_02-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/41/pl_03-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/42/pl_06-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/43/pl_07-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/44/pl_08-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cocal.pi.leg.br/media/sapl/public/materialegislativa/2025/47/pl_020-executivo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="91" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="90.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>